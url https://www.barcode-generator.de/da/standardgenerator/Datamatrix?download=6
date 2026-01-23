--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -11,57 +11,57 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="0" windowHeight="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <si>
-    <t>1234567890123</t>
+    <t>ABC 123 456 789 123 456 789</t>
   </si>
   <si>
-    <t>987654321012345</t>
+    <t>CDE 789 456 132 234 1234 123</t>
   </si>
   <si>
-    <t>88552244556616789</t>
+    <t>XYZ123CCC 234 234 234 234</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border/>
   </borders>
@@ -75,113 +75,113 @@
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1800860" cy="899160"/>
+    <xdr:ext cx="1078865" cy="1078865"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1800860" cy="899160"/>
+    <xdr:ext cx="1078865" cy="1078865"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1800860" cy="899160"/>
+    <xdr:ext cx="1078865" cy="1078865"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Picture 3"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
@@ -464,55 +464,55 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="30.863281" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="92.125984" customHeight="1">
+    <row r="1" ht="110.551186" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" ht="92.125984" customHeight="1">
+    <row r="2" ht="110.551186" customHeight="1">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" ht="92.125984" customHeight="1">
+    <row r="3" ht="110.551186" customHeight="1">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>