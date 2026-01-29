--- v0 (2025-12-08)
+++ v1 (2026-01-29)
@@ -461,51 +461,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="30.863281" customWidth="1"/>
+    <col min="1" max="1" width="37.441406" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="110.551186" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" ht="110.551186" customHeight="1">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" ht="110.551186" customHeight="1">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>